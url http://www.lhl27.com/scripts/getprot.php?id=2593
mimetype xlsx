--- v0 (2025-12-07)
+++ v1 (2026-02-18)
@@ -219,54 +219,54 @@
   <si>
     <t>Шашурин Валерий</t>
   </si>
   <si>
     <t>Лубков Дмитрий</t>
   </si>
   <si>
     <t>Бессмертный Сергей</t>
   </si>
   <si>
     <t>Чайка Роман</t>
   </si>
   <si>
     <t>Чечурин Максим</t>
   </si>
   <si>
     <t>Теплухин Александр</t>
   </si>
   <si>
     <t>Егорычев Игорь</t>
   </si>
   <si>
     <t>Севостьянов Александр</t>
   </si>
   <si>
+    <t>Кошель Виталий</t>
+  </si>
+  <si>
     <t>Афанасьев Михаил</t>
-  </si>
-[...1 lines deleted...]
-    <t>Кошель Виталий</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Колесников Павел</t>
   </si>
   <si>
     <t>Макаров Александр</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>