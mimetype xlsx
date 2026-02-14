--- v0 (2025-12-07)
+++ v1 (2026-02-14)
@@ -126,62 +126,62 @@
   <si>
     <t>2:54</t>
   </si>
   <si>
     <t>Долбенко Михаил</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>22:29</t>
   </si>
   <si>
     <t>3:48</t>
   </si>
   <si>
     <t>Заседа Алексей</t>
   </si>
   <si>
     <t>24:11</t>
   </si>
   <si>
     <t>4:54</t>
   </si>
   <si>
+    <t>Лысков Алексей</t>
+  </si>
+  <si>
+    <t>38:02</t>
+  </si>
+  <si>
+    <t>11:10</t>
+  </si>
+  <si>
     <t>Павлов Анатолий</t>
   </si>
   <si>
-    <t>38:02</t>
-[...7 lines deleted...]
-  <si>
     <t>40:23</t>
   </si>
   <si>
     <t>26:23</t>
   </si>
   <si>
     <t>Долгалев Роман</t>
   </si>
   <si>
     <t>39:35</t>
   </si>
   <si>
     <t>Хитров Владислав</t>
   </si>
   <si>
     <t>Тамашевский Дмитрий</t>
   </si>
   <si>
     <t>Попов Евгений</t>
   </si>
   <si>
     <t>Ильтимиров Вячеслав</t>
   </si>
   <si>
     <t>Евсеев Андрей</t>
@@ -207,87 +207,87 @@
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Летучие Мыши»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>12:21</t>
   </si>
   <si>
     <t>13:10</t>
   </si>
   <si>
     <t>Недбайлов Алексей</t>
   </si>
   <si>
     <t>35:32</t>
   </si>
   <si>
+    <t>Коростин Станислав</t>
+  </si>
+  <si>
     <t>Широких Андрей</t>
   </si>
   <si>
-    <t>Коростин Станислав</t>
-[...1 lines deleted...]
-  <si>
     <t>Удалов Геннадий</t>
   </si>
   <si>
     <t>Ибрагимов Мехрубон</t>
   </si>
   <si>
     <t>Чертопрудов Сергей</t>
   </si>
   <si>
     <t>Насников Алексей</t>
   </si>
   <si>
     <t>Реут Андрей</t>
   </si>
   <si>
+    <t>Туржанский Александр</t>
+  </si>
+  <si>
     <t>Нигматулин Дмитрий</t>
   </si>
   <si>
-    <t>Туржанский Александр</t>
-[...1 lines deleted...]
-  <si>
     <t>Моисейчик Дмитрий</t>
   </si>
   <si>
     <t>Бондарь Дмитрий</t>
   </si>
   <si>
+    <t>Воробьев Артем</t>
+  </si>
+  <si>
     <t>Ерохин Иван</t>
-  </si>
-[...1 lines deleted...]
-    <t>Воробьев Артем</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Колесников Павел</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>