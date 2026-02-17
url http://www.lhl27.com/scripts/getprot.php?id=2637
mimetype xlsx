--- v0 (2025-12-08)
+++ v1 (2026-02-17)
@@ -195,54 +195,54 @@
   <si>
     <t>09-40</t>
   </si>
   <si>
     <t>Дергунов Антон</t>
   </si>
   <si>
     <t>18-47</t>
   </si>
   <si>
     <t>20-02</t>
   </si>
   <si>
     <t>Шабала Денис</t>
   </si>
   <si>
     <t>24-15</t>
   </si>
   <si>
     <t>Жеребцов Дмитрий</t>
   </si>
   <si>
     <t>43-08</t>
   </si>
   <si>
+    <t>Молчанов Сергей</t>
+  </si>
+  <si>
     <t>Христинин Константин</t>
-  </si>
-[...1 lines deleted...]
-    <t>Молчанов Сергей</t>
   </si>
   <si>
     <t>Астахов Олег</t>
   </si>
   <si>
     <t>Черепанов Вячеслав</t>
   </si>
   <si>
     <t>Борячёк Сергей</t>
   </si>
   <si>
     <t>Лебедев Евгений</t>
   </si>
   <si>
     <t>Карамышев Николай</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
@@ -1803,78 +1803,78 @@
       </c>
       <c r="O33" s="7">
         <v>22</v>
       </c>
       <c r="P33" s="7">
         <v>2</v>
       </c>
       <c r="Q33" s="7">
         <v>1</v>
       </c>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>22</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>22</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>29</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>