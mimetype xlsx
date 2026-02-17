--- v0 (2025-12-09)
+++ v1 (2026-02-17)
@@ -93,60 +93,60 @@
   <si>
     <t xml:space="preserve">Шт </t>
   </si>
   <si>
     <t>Пр</t>
   </si>
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t>Атяньчев Михаил</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>25:03</t>
   </si>
   <si>
     <t>14:59</t>
   </si>
   <si>
+    <t>Кучинский Михаил</t>
+  </si>
+  <si>
+    <t>33:18</t>
+  </si>
+  <si>
+    <t>22:32</t>
+  </si>
+  <si>
     <t>Костин Константин</t>
-  </si>
-[...7 lines deleted...]
-    <t>Кучинский Михаил</t>
   </si>
   <si>
     <t>29:13</t>
   </si>
   <si>
     <t>Асямов Эдуард</t>
   </si>
   <si>
     <t>35:02</t>
   </si>
   <si>
     <t>Петросян Александр</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>35:08</t>
   </si>
   <si>
     <t>Дузенко Максим</t>
   </si>
   <si>
     <t>35:18</t>
   </si>