--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -186,54 +186,54 @@
   <si>
     <t>7-59</t>
   </si>
   <si>
     <t>12-20</t>
   </si>
   <si>
     <t>20-50</t>
   </si>
   <si>
     <t>13-44</t>
   </si>
   <si>
     <t>45-00</t>
   </si>
   <si>
     <t>39-47</t>
   </si>
   <si>
     <t>Каргин Евгений</t>
   </si>
   <si>
     <t>Дутов Константин</t>
   </si>
   <si>
+    <t>Ямщиков Дмитрий</t>
+  </si>
+  <si>
     <t>Шашурин Валерий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ямщиков Дмитрий</t>
   </si>
   <si>
     <t>Доценко Владимир</t>
   </si>
   <si>
     <t>Середа Андрей</t>
   </si>
   <si>
     <t>Борисов Егор</t>
   </si>
   <si>
     <t>Лубков Дмитрий</t>
   </si>
   <si>
     <t>Бессмертный Сергей</t>
   </si>
   <si>
     <t>Чечурин Максим</t>
   </si>
   <si>
     <t>Родионов Андрей</t>
   </si>
   <si>
     <t>Егорычев Игорь</t>
   </si>