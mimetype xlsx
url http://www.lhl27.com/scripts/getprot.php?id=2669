--- v0 (2025-12-09)
+++ v1 (2026-02-17)
@@ -111,54 +111,54 @@
   <si>
     <t>08:35</t>
   </si>
   <si>
     <t>32:15</t>
   </si>
   <si>
     <t>Пилипенко Александр</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>14:43</t>
   </si>
   <si>
     <t>42:29</t>
   </si>
   <si>
     <t>Лихачев Леонид</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
+    <t>Кувшинов Сергей</t>
+  </si>
+  <si>
     <t>Веремейчик Вячеслав</t>
-  </si>
-[...1 lines deleted...]
-    <t>Кувшинов Сергей</t>
   </si>
   <si>
     <t>Саломатин Дмитрий</t>
   </si>
   <si>
     <t>Бармотин Владимир</t>
   </si>
   <si>
     <t>Грамаков Денис</t>
   </si>
   <si>
     <t>Стецков Сергей</t>
   </si>
   <si>
     <t>Гребенюк Александр</t>
   </si>
   <si>
     <t>Пономарев Дмитрий</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>