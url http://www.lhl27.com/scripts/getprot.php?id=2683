--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -138,54 +138,54 @@
   <si>
     <t>28-22</t>
   </si>
   <si>
     <t>Мирошник Артем</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>43-00</t>
   </si>
   <si>
     <t>Микулинский Владимир</t>
   </si>
   <si>
     <t>Ширяев Вадим</t>
   </si>
   <si>
     <t>Шкуро Роман</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
+    <t>Башук Антон</t>
+  </si>
+  <si>
     <t>Оклей Станислав</t>
-  </si>
-[...1 lines deleted...]
-    <t>Башук Антон</t>
   </si>
   <si>
     <t>Сенник Виктор</t>
   </si>
   <si>
     <t>Шадрин Александр</t>
   </si>
   <si>
     <t>Шкедов Денис</t>
   </si>
   <si>
     <t>Шубин Владимир</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Хабаровские медведи»</t>
   </si>
   <si>
     <t>04-04</t>
   </si>
@@ -1208,78 +1208,78 @@
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>51</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>29</v>
+        <v>39</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>51</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>87</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>