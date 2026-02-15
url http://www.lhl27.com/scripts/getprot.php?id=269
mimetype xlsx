--- v0 (2025-12-06)
+++ v1 (2026-02-15)
@@ -129,60 +129,60 @@
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>18:40</t>
   </si>
   <si>
     <t>Ковалёв Константин</t>
   </si>
   <si>
     <t>19:30</t>
   </si>
   <si>
     <t>Михайлов Александр</t>
   </si>
   <si>
     <t>25:20</t>
   </si>
   <si>
     <t>Добродеев Руслан</t>
   </si>
   <si>
     <t>36:15</t>
   </si>
   <si>
+    <t>Баськов Денис</t>
+  </si>
+  <si>
+    <t>37:24</t>
+  </si>
+  <si>
     <t>Лазутин Юрий</t>
   </si>
   <si>
     <t>Вр</t>
-  </si>
-[...4 lines deleted...]
-    <t>Баськов Денис</t>
   </si>
   <si>
     <t>Бондаренко Тарас</t>
   </si>
   <si>
     <t>Иваник Иван</t>
   </si>
   <si>
     <t>Семенов Андрей</t>
   </si>
   <si>
     <t>Наприенко Сергей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Спарта»</t>
   </si>
   <si>
     <t>27:56</t>
   </si>
@@ -1146,88 +1146,88 @@
       <c r="L10" s="6">
         <v>12</v>
       </c>
       <c r="M10" s="8">
         <v>0</v>
       </c>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>83</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H11" s="6">
         <v>7</v>
       </c>
       <c r="I11" s="6"/>
       <c r="J11" s="6" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="K11" s="6">
         <v>16</v>
       </c>
       <c r="L11" s="6">
         <v>89</v>
       </c>
       <c r="M11" s="8">
         <v>88</v>
       </c>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>83</v>
       </c>
       <c r="B12" s="12" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>88</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>