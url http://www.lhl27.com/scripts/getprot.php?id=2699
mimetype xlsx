--- v0 (2025-12-08)
+++ v1 (2026-02-17)
@@ -123,54 +123,54 @@
   <si>
     <t>33-23</t>
   </si>
   <si>
     <t>43-00</t>
   </si>
   <si>
     <t>44-01</t>
   </si>
   <si>
     <t>Каргин Евгений</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Цисляк Игорь</t>
   </si>
   <si>
     <t>Троценко Антон</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
+    <t>Борисов Егор</t>
+  </si>
+  <si>
     <t>Лубков Дмитрий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Борисов Егор</t>
   </si>
   <si>
     <t>Чайка Роман</t>
   </si>
   <si>
     <t>Чечурин Максим</t>
   </si>
   <si>
     <t>Найдишкин Петр</t>
   </si>
   <si>
     <t>Медведев Дмитрий</t>
   </si>
   <si>
     <t>Севостьянов Александр</t>
   </si>
   <si>
     <t>Беспалов Евгений</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>