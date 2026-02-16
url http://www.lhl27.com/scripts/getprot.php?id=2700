--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -195,60 +195,60 @@
   <si>
     <t>12:23</t>
   </si>
   <si>
     <t>Мишин Вячеслав</t>
   </si>
   <si>
     <t>38:45</t>
   </si>
   <si>
     <t>Куделин Никита</t>
   </si>
   <si>
     <t>Махлепов Алексей</t>
   </si>
   <si>
     <t>Тишков Николай</t>
   </si>
   <si>
     <t>Тишков Иван</t>
   </si>
   <si>
     <t>Калашников Валерий</t>
   </si>
   <si>
+    <t>Зайков Роман</t>
+  </si>
+  <si>
     <t>Болибрух Иван</t>
   </si>
   <si>
     <t>Писарев Павел</t>
   </si>
   <si>
     <t>Вр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Зайков Роман</t>
   </si>
   <si>
     <t>Алексанян Сергей</t>
   </si>
   <si>
     <t>Аксенов Дмитрий</t>
   </si>
   <si>
     <t>Уральский Павел</t>
   </si>
   <si>
     <t>Баранов Кирилл</t>
   </si>
   <si>
     <t>Лоханов Алексей</t>
   </si>
   <si>
     <t>Школьный Дмитрий</t>
   </si>
   <si>
     <t>Новоселов Егор</t>
   </si>
   <si>
     <t>Манкевич Артем</t>
   </si>
@@ -1943,78 +1943,78 @@
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>33</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>33</v>
       </c>
       <c r="B41" s="12" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>38</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
@@ -2078,51 +2078,51 @@
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" s="7">
         <v>51</v>
       </c>
       <c r="B45" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>
       <c r="G45" s="7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="H45" s="7"/>
       <c r="I45" s="7"/>
       <c r="J45" s="7"/>
       <c r="K45" s="7"/>
       <c r="L45" s="7"/>
       <c r="M45" s="7"/>
       <c r="N45" s="7"/>
       <c r="O45" s="7"/>
       <c r="P45" s="7"/>
       <c r="Q45" s="7"/>
       <c r="R45" s="7"/>
       <c r="S45" s="7"/>
     </row>
     <row r="46" spans="1:19">
       <c r="A46" s="7">
         <v>68</v>
       </c>
       <c r="B46" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C46" s="13"/>
       <c r="D46" s="13"/>
       <c r="E46" s="13"/>
       <c r="F46" s="14"/>