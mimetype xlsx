--- v0 (2025-12-06)
+++ v1 (2026-02-17)
@@ -102,62 +102,62 @@
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t>Атяньчев Михаил</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>02:10</t>
   </si>
   <si>
     <t>05:30</t>
   </si>
   <si>
     <t>Костин Константин</t>
   </si>
   <si>
     <t>19:33</t>
   </si>
   <si>
     <t>17:03</t>
   </si>
   <si>
+    <t>Асямов Эдуард</t>
+  </si>
+  <si>
+    <t>39:12</t>
+  </si>
+  <si>
+    <t>29:02</t>
+  </si>
+  <si>
     <t>Чу Артур</t>
   </si>
   <si>
-    <t>39:12</t>
-[...7 lines deleted...]
-  <si>
     <t>36:55</t>
   </si>
   <si>
     <t>Петросян Александр</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>38:46</t>
   </si>
   <si>
     <t>Кашенков Антон</t>
   </si>
   <si>
     <t>Дузенко Максим</t>
   </si>
   <si>
     <t>Федюнин Евгений</t>
   </si>
   <si>
     <t>Башкуров Денис</t>
   </si>
   <si>
     <t>Шихов Александр</t>
@@ -219,57 +219,57 @@
   <si>
     <t>19:48</t>
   </si>
   <si>
     <t>Брюханов Артем</t>
   </si>
   <si>
     <t>30:16</t>
   </si>
   <si>
     <t>Мишин Вячеслав</t>
   </si>
   <si>
     <t>Куделин Никита</t>
   </si>
   <si>
     <t>Махлепов Алексей</t>
   </si>
   <si>
     <t>Тишков Николай</t>
   </si>
   <si>
     <t>Калашников Валерий</t>
   </si>
   <si>
+    <t>Зайков Роман</t>
+  </si>
+  <si>
+    <t>Болибрух Иван</t>
+  </si>
+  <si>
     <t>Писарев Павел</t>
-  </si>
-[...4 lines deleted...]
-    <t>Болибрух Иван</t>
   </si>
   <si>
     <t>Уральский Павел</t>
   </si>
   <si>
     <t>Лоханов Алексей</t>
   </si>
   <si>
     <t>Новоселов Егор</t>
   </si>
   <si>
     <t>Манкевич Артем</t>
   </si>
   <si>
     <t>Писарь Алексей</t>
   </si>
   <si>
     <t>Козуб Антон</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
@@ -1933,51 +1933,51 @@
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>33</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>33</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>68</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
@@ -1987,51 +1987,51 @@
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>33</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>47</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>70</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>