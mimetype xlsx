--- v1 (2026-02-17)
+++ v2 (2026-02-18)
@@ -219,57 +219,57 @@
   <si>
     <t>19:48</t>
   </si>
   <si>
     <t>Брюханов Артем</t>
   </si>
   <si>
     <t>30:16</t>
   </si>
   <si>
     <t>Мишин Вячеслав</t>
   </si>
   <si>
     <t>Куделин Никита</t>
   </si>
   <si>
     <t>Махлепов Алексей</t>
   </si>
   <si>
     <t>Тишков Николай</t>
   </si>
   <si>
     <t>Калашников Валерий</t>
   </si>
   <si>
+    <t>Писарев Павел</t>
+  </si>
+  <si>
     <t>Зайков Роман</t>
   </si>
   <si>
     <t>Болибрух Иван</t>
-  </si>
-[...1 lines deleted...]
-    <t>Писарев Павел</t>
   </si>
   <si>
     <t>Уральский Павел</t>
   </si>
   <si>
     <t>Лоханов Алексей</t>
   </si>
   <si>
     <t>Новоселов Егор</t>
   </si>
   <si>
     <t>Манкевич Артем</t>
   </si>
   <si>
     <t>Писарь Алексей</t>
   </si>
   <si>
     <t>Козуб Антон</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
@@ -1933,51 +1933,51 @@
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>33</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>33</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>68</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
@@ -1987,51 +1987,51 @@
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>33</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>47</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>70</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>