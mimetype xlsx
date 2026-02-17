--- v0 (2025-12-11)
+++ v1 (2026-02-17)
@@ -171,57 +171,57 @@
   <si>
     <t>01:38</t>
   </si>
   <si>
     <t>18:06</t>
   </si>
   <si>
     <t>Ледовский Вячеслав</t>
   </si>
   <si>
     <t>05:15</t>
   </si>
   <si>
     <t>21:42</t>
   </si>
   <si>
     <t>Салогуб Алексей</t>
   </si>
   <si>
     <t>15:27</t>
   </si>
   <si>
     <t>36:37</t>
   </si>
   <si>
+    <t>Дылев Максим</t>
+  </si>
+  <si>
+    <t>26:35</t>
+  </si>
+  <si>
     <t>Кочетыгов Виктор</t>
-  </si>
-[...4 lines deleted...]
-    <t>Дылев Максим</t>
   </si>
   <si>
     <t>32:57</t>
   </si>
   <si>
     <t>Куликов Антон</t>
   </si>
   <si>
     <t>39:20</t>
   </si>
   <si>
     <t>Разинкин Сергей</t>
   </si>
   <si>
     <t>43:48</t>
   </si>
   <si>
     <t>Трибушевский Семен</t>
   </si>
   <si>
     <t>Цепляев Юрий</t>
   </si>
   <si>
     <t>Сурменко Александр</t>
   </si>
@@ -1726,88 +1726,88 @@
       </c>
       <c r="O32" s="7">
         <v>24</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>1</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>24</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="H33" s="7">
         <v>4</v>
       </c>
       <c r="I33" s="7"/>
       <c r="J33" s="7" t="s">
         <v>52</v>
       </c>
       <c r="K33" s="7">
         <v>94</v>
       </c>
       <c r="L33" s="7">
         <v>13</v>
       </c>
       <c r="M33" s="7">
         <v>0</v>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>24</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>53</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="H34" s="7">
         <v>5</v>
       </c>
       <c r="I34" s="7"/>
       <c r="J34" s="7" t="s">
         <v>54</v>
       </c>
       <c r="K34" s="7">
         <v>84</v>
       </c>
       <c r="L34" s="7">
         <v>13</v>
       </c>
       <c r="M34" s="7">
         <v>0</v>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">