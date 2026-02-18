--- v1 (2026-02-17)
+++ v2 (2026-02-18)
@@ -183,57 +183,57 @@
   <si>
     <t>Баськов Денис</t>
   </si>
   <si>
     <t>Махраков Даниил</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Хабрайон»</t>
   </si>
   <si>
     <t>Гальченко Станислав</t>
   </si>
   <si>
     <t>07-30</t>
   </si>
   <si>
     <t>42-21</t>
   </si>
   <si>
+    <t>Коломиец Виктор</t>
+  </si>
+  <si>
+    <t>13-15</t>
+  </si>
+  <si>
     <t>Заикин Илья</t>
-  </si>
-[...4 lines deleted...]
-    <t>Коломиец Виктор</t>
   </si>
   <si>
     <t>Гутов Иван</t>
   </si>
   <si>
     <t>Трофимович Дмитрий</t>
   </si>
   <si>
     <t>Полукеев Иван</t>
   </si>
   <si>
     <t>Луц Виктор</t>
   </si>
   <si>
     <t>Алемасов Андрей</t>
   </si>
   <si>
     <t>Гуленок Альберт</t>
   </si>
   <si>
     <t>Вишневский Алексей</t>
   </si>
   <si>
     <t>Ромашков Ярослав</t>
   </si>