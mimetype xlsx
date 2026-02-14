--- v0 (2025-12-08)
+++ v1 (2026-02-14)
@@ -138,138 +138,138 @@
   <si>
     <t>Двадненко Василий</t>
   </si>
   <si>
     <t>Чигиринских Роман</t>
   </si>
   <si>
     <t>Марченко Андрей</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Чаплинский Илья</t>
   </si>
   <si>
     <t>Скворцов Павел</t>
   </si>
   <si>
     <t>Вятский Павел</t>
   </si>
   <si>
     <t>Никитюк Кирилл</t>
   </si>
   <si>
+    <t>Семенов Данил</t>
+  </si>
+  <si>
     <t>Марченко Артем</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
-    <t>Семенов Данил</t>
-[...1 lines deleted...]
-  <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Амурские Леопарды»</t>
   </si>
   <si>
     <t>Фадеев Владислав</t>
   </si>
   <si>
     <t>12-27</t>
   </si>
   <si>
     <t>19-10</t>
   </si>
   <si>
     <t>Зинатулин Сергей</t>
   </si>
   <si>
     <t>16-30</t>
   </si>
   <si>
     <t>35-36</t>
   </si>
   <si>
     <t>Миронов Игорь</t>
   </si>
   <si>
     <t>31-05</t>
   </si>
   <si>
     <t>39-10</t>
   </si>
   <si>
     <t>Саржан Сергей</t>
   </si>
   <si>
     <t>ПБ</t>
   </si>
   <si>
     <t>45-00</t>
   </si>
   <si>
+    <t>Лысков Алексей</t>
+  </si>
+  <si>
     <t>Павлов Анатолий</t>
   </si>
   <si>
-    <t>Лысков Алексей</t>
-[...1 lines deleted...]
-  <si>
     <t>Долгалев Роман</t>
   </si>
   <si>
     <t>Хитров Владислав</t>
   </si>
   <si>
     <t>Тамашевский Дмитрий</t>
   </si>
   <si>
     <t>Евсеев Андрей</t>
   </si>
   <si>
     <t>Булковский Станислав</t>
   </si>
   <si>
     <t>Кучеганов Иван</t>
   </si>
   <si>
     <t>Тимошкин Александр</t>
   </si>
   <si>
     <t>Лысков Александр</t>
   </si>
   <si>
+    <t>Меликов Дмитрий</t>
+  </si>
+  <si>
     <t>Вырк Евгений</t>
-  </si>
-[...1 lines deleted...]
-    <t>Меликов Дмитрий</t>
   </si>
   <si>
     <t>Ватрушкин Александр</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1285,78 +1285,78 @@
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>97</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>97</v>
       </c>
       <c r="B17" s="12" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5"/>
       <c r="B18" s="12"/>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5"/>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
@@ -1631,51 +1631,51 @@
       <c r="P29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="Q29" s="7" t="s">
         <v>18</v>
       </c>
       <c r="R29" s="7" t="s">
         <v>19</v>
       </c>
       <c r="S29" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" s="7">
         <v>1</v>
       </c>
       <c r="B30" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C30" s="13"/>
       <c r="D30" s="13"/>
       <c r="E30" s="13"/>
       <c r="F30" s="14"/>
       <c r="G30" s="7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H30" s="7">
         <v>1</v>
       </c>
       <c r="I30" s="7"/>
       <c r="J30" s="7" t="s">
         <v>47</v>
       </c>
       <c r="K30" s="7">
         <v>11</v>
       </c>
       <c r="L30" s="7">
         <v>5</v>
       </c>
       <c r="M30" s="7">
         <v>0</v>
       </c>
       <c r="N30" s="7" t="s">
         <v>48</v>
       </c>
       <c r="O30" s="7">
         <v>84</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
@@ -2073,78 +2073,78 @@
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
         <v>84</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>68</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>
       <c r="G44" s="7" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" s="7">
         <v>84</v>
       </c>
       <c r="B45" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>
       <c r="G45" s="7" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H45" s="7"/>
       <c r="I45" s="7"/>
       <c r="J45" s="7"/>
       <c r="K45" s="7"/>
       <c r="L45" s="7"/>
       <c r="M45" s="7"/>
       <c r="N45" s="7"/>
       <c r="O45" s="7"/>
       <c r="P45" s="7"/>
       <c r="Q45" s="7"/>
       <c r="R45" s="7"/>
       <c r="S45" s="7"/>
     </row>
     <row r="46" spans="1:19">
       <c r="A46" s="7">
         <v>85</v>
       </c>
       <c r="B46" s="12" t="s">
         <v>70</v>
       </c>
       <c r="C46" s="13"/>
       <c r="D46" s="13"/>
       <c r="E46" s="13"/>
       <c r="F46" s="14"/>