--- v0 (2025-12-07)
+++ v1 (2026-02-16)
@@ -156,54 +156,54 @@
   <si>
     <t>42-48</t>
   </si>
   <si>
     <t>Чумилин Дмитрий</t>
   </si>
   <si>
     <t>43-18</t>
   </si>
   <si>
     <t>Моисеев Юрий</t>
   </si>
   <si>
     <t>Кретов Максим</t>
   </si>
   <si>
     <t>Воробьев Алексей</t>
   </si>
   <si>
     <t>Осипов Богдан</t>
   </si>
   <si>
     <t>Столбовой Денис</t>
   </si>
   <si>
+    <t>Кашкин Евгений</t>
+  </si>
+  <si>
     <t>Фадеев Сергей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Кашкин Евгений</t>
   </si>
   <si>
     <t>Голубев Сергей</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Шиков Андрей</t>
   </si>
   <si>
     <t>Хоменко Вячеслав</t>
   </si>
   <si>
     <t>Пигулевский Евгений</t>
   </si>
   <si>
     <t>Быцура Юрий</t>
   </si>
   <si>
     <t>Быцура Алексей</t>
   </si>
   <si>
     <t>Роденков Евгений</t>
   </si>