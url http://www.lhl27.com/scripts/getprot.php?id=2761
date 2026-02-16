--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -129,96 +129,96 @@
   <si>
     <t>Шашурин Валерий</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Троценко Антон</t>
   </si>
   <si>
     <t>Борисов Егор</t>
   </si>
   <si>
     <t>Лубков Дмитрий</t>
   </si>
   <si>
     <t>Чайка Роман</t>
   </si>
   <si>
     <t>Чечурин Максим</t>
   </si>
   <si>
     <t>Найдишкин Петр</t>
   </si>
   <si>
+    <t>Теплухин Александр</t>
+  </si>
+  <si>
     <t>Медведев Дмитрий</t>
   </si>
   <si>
-    <t>Теплухин Александр</t>
-[...1 lines deleted...]
-  <si>
     <t>Егорычев Игорь</t>
   </si>
   <si>
     <t>Кошель Виталий</t>
   </si>
   <si>
     <t>Беспалов Евгений</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Свирепые Пчелы 2»</t>
   </si>
   <si>
     <t>Атяньчев Михаил</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>09-03</t>
   </si>
   <si>
     <t>19-46</t>
   </si>
   <si>
+    <t>Костин Константин</t>
+  </si>
+  <si>
+    <t>22-38</t>
+  </si>
+  <si>
+    <t>28-46</t>
+  </si>
+  <si>
     <t>Кучинский Михаил</t>
-  </si>
-[...7 lines deleted...]
-    <t>Костин Константин</t>
   </si>
   <si>
     <t>33-15</t>
   </si>
   <si>
     <t>29-15</t>
   </si>
   <si>
     <t>Асямов Эдуард</t>
   </si>
   <si>
     <t>37-23</t>
   </si>
   <si>
     <t>30-46</t>
   </si>
   <si>
     <t>Чу Артур</t>
   </si>
   <si>
     <t>39-40</t>
   </si>
   <si>
     <t>37-06</t>
   </si>