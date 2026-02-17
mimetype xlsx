--- v0 (2025-12-07)
+++ v1 (2026-02-17)
@@ -93,62 +93,62 @@
   <si>
     <t xml:space="preserve">Шт </t>
   </si>
   <si>
     <t>Пр</t>
   </si>
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t>Атяньчев Михаил</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>17-03</t>
   </si>
   <si>
     <t>07-00</t>
   </si>
   <si>
+    <t>Костин Константин</t>
+  </si>
+  <si>
+    <t>21-25</t>
+  </si>
+  <si>
+    <t>39-52</t>
+  </si>
+  <si>
     <t>Кучинский Михаил</t>
   </si>
   <si>
-    <t>21-25</t>
-[...7 lines deleted...]
-  <si>
     <t>ПВ-1</t>
   </si>
   <si>
     <t>44-43</t>
   </si>
   <si>
     <t>41-26</t>
   </si>
   <si>
     <t>Асямов Эдуард</t>
   </si>
   <si>
     <t>44-31</t>
   </si>
   <si>
     <t>Чу Артур</t>
   </si>
   <si>
     <t>Петросян Александр</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Кашенков Антон</t>
@@ -231,54 +231,54 @@
   <si>
     <t>Третьяков Александр</t>
   </si>
   <si>
     <t>Болоцкий Александр</t>
   </si>
   <si>
     <t>Базив Богдан</t>
   </si>
   <si>
     <t>Тучин Иван</t>
   </si>
   <si>
     <t>Солоха Виктор</t>
   </si>
   <si>
     <t>Непомнящий Виталий</t>
   </si>
   <si>
     <t>Ермаков Дмитрий</t>
   </si>
   <si>
     <t>Ананин Сергей</t>
   </si>
   <si>
+    <t>Гончаров Иван</t>
+  </si>
+  <si>
     <t>Грудинин Константин</t>
-  </si>
-[...1 lines deleted...]
-    <t>Гончаров Иван</t>
   </si>
   <si>
     <t>Дедковский Сергей</t>
   </si>
   <si>
     <t>Ермаков Андрей</t>
   </si>
   <si>
     <t>Виноградов Томас</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Колесников Павел</t>
   </si>
   <si>
     <t>Макаров Александр</t>
   </si>
@@ -2035,78 +2035,78 @@
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>85</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>71</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>85</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>72</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>87</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>73</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>