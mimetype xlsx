--- v0 (2025-12-07)
+++ v1 (2026-02-15)
@@ -165,57 +165,57 @@
   <si>
     <t>18-50</t>
   </si>
   <si>
     <t>Миронов Игорь</t>
   </si>
   <si>
     <t>32-10</t>
   </si>
   <si>
     <t>22-00</t>
   </si>
   <si>
     <t>Заседа Алексей</t>
   </si>
   <si>
     <t>29-10</t>
   </si>
   <si>
     <t>Ковехов Алексей</t>
   </si>
   <si>
     <t>40-10</t>
   </si>
   <si>
+    <t>Лысков Алексей</t>
+  </si>
+  <si>
+    <t>43-42</t>
+  </si>
+  <si>
     <t>Павлов Анатолий</t>
-  </si>
-[...4 lines deleted...]
-    <t>Лысков Алексей</t>
   </si>
   <si>
     <t>Долгалев Роман</t>
   </si>
   <si>
     <t>Холин Дмитрий</t>
   </si>
   <si>
     <t>Кулик Александр</t>
   </si>
   <si>
     <t>Хитров Владислав</t>
   </si>
   <si>
     <t>Тамашевский Дмитрий</t>
   </si>
   <si>
     <t>Попов Евгений</t>
   </si>
   <si>
     <t>Евсеев Андрей</t>
   </si>
   <si>
     <t>Булковский Станислав</t>
   </si>