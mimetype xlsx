--- v0 (2025-12-08)
+++ v1 (2026-02-17)
@@ -99,54 +99,54 @@
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>Попов Сергей</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Туезов Владислав</t>
   </si>
   <si>
     <t>Меркурьев Евгений</t>
   </si>
   <si>
     <t>Зверев Евгений</t>
   </si>
   <si>
+    <t>Яковцев Константин</t>
+  </si>
+  <si>
     <t>Коровин Константин</t>
-  </si>
-[...1 lines deleted...]
-    <t>Яковцев Константин</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Импульс РЭБ»</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>