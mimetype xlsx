--- v0 (2025-12-07)
+++ v1 (2026-02-17)
@@ -156,81 +156,81 @@
   <si>
     <t>44-05</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Торнадо»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>11-53</t>
   </si>
   <si>
     <t>30-57</t>
   </si>
   <si>
+    <t>Лушников Глеб</t>
+  </si>
+  <si>
+    <t>32-07</t>
+  </si>
+  <si>
     <t>Пилипенко Александр</t>
   </si>
   <si>
-    <t>32-07</t>
-[...4 lines deleted...]
-  <si>
     <t>37-10</t>
   </si>
   <si>
     <t>Ибрагимов Мехрубон</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>39-01</t>
   </si>
   <si>
     <t>Богомолов Артем</t>
   </si>
   <si>
     <t>40-38</t>
   </si>
   <si>
+    <t>Грамаков Денис</t>
+  </si>
+  <si>
     <t>Барашиков Денис</t>
-  </si>
-[...1 lines deleted...]
-    <t>Грамаков Денис</t>
   </si>
   <si>
     <t>Пахолюк Вячеслав</t>
   </si>
   <si>
     <t>Стецков Сергей</t>
   </si>
   <si>
     <t>Овсянников Петр</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Растворцев Евгений</t>
   </si>
 </sst>
 </file>
 
@@ -1806,78 +1806,78 @@
       <c r="L34" s="7">
         <v>27</v>
       </c>
       <c r="M34" s="7">
         <v>0</v>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>37</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>37</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>46</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>