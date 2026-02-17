--- v0 (2025-12-08)
+++ v1 (2026-02-17)
@@ -105,66 +105,66 @@
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>20-45</t>
   </si>
   <si>
     <t>19-49</t>
   </si>
   <si>
     <t>24-00</t>
   </si>
   <si>
     <t>42-34</t>
   </si>
   <si>
     <t>29-00</t>
   </si>
   <si>
     <t>44-11</t>
   </si>
   <si>
     <t>30-35</t>
   </si>
   <si>
+    <t>Маковецкий Виктор</t>
+  </si>
+  <si>
+    <t>Нп</t>
+  </si>
+  <si>
     <t>Подкопаев Филипп</t>
   </si>
   <si>
-    <t>Нп</t>
-[...4 lines deleted...]
-  <si>
     <t>Зелинский Владислав</t>
   </si>
   <si>
+    <t>Карпусь Владислав</t>
+  </si>
+  <si>
     <t>Пилюгин Дмитрий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Карпусь Владислав</t>
   </si>
   <si>
     <t>Заморозов Владимир</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Капунов Евгений</t>
   </si>
   <si>
     <t>Мисько Андрей</t>
   </si>
   <si>
     <t>Годинов Андрей</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Филатов Юрий</t>
   </si>
   <si>
     <t>Коршунов Алексей</t>
   </si>