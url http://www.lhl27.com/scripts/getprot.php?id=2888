--- v1 (2026-02-17)
+++ v2 (2026-02-17)
@@ -117,54 +117,54 @@
   <si>
     <t>42-34</t>
   </si>
   <si>
     <t>29-00</t>
   </si>
   <si>
     <t>44-11</t>
   </si>
   <si>
     <t>30-35</t>
   </si>
   <si>
     <t>Маковецкий Виктор</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Подкопаев Филипп</t>
   </si>
   <si>
     <t>Зелинский Владислав</t>
   </si>
   <si>
+    <t>Пилюгин Дмитрий</t>
+  </si>
+  <si>
     <t>Карпусь Владислав</t>
-  </si>
-[...1 lines deleted...]
-    <t>Пилюгин Дмитрий</t>
   </si>
   <si>
     <t>Заморозов Владимир</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Капунов Евгений</t>
   </si>
   <si>
     <t>Мисько Андрей</t>
   </si>
   <si>
     <t>Годинов Андрей</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Филатов Юрий</t>
   </si>
   <si>
     <t>Коршунов Алексей</t>
   </si>