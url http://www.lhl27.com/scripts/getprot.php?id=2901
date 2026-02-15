--- v0 (2025-12-07)
+++ v1 (2026-02-15)
@@ -102,62 +102,62 @@
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>0:11</t>
   </si>
   <si>
     <t>3:01</t>
   </si>
   <si>
     <t>Сариев Илья</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>20:37</t>
   </si>
   <si>
+    <t>Лушников Глеб</t>
+  </si>
+  <si>
+    <t>17:01</t>
+  </si>
+  <si>
+    <t>37:30</t>
+  </si>
+  <si>
     <t>Пилипенко Александр</t>
   </si>
   <si>
-    <t>17:01</t>
-[...7 lines deleted...]
-  <si>
     <t>28:17</t>
   </si>
   <si>
     <t>Ибрагимов Мехрубон</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Кувшинов Сергей</t>
   </si>
   <si>
     <t>Богомолов Артем</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Грамаков Денис</t>
   </si>
   <si>
     <t>Пахолюк Вячеслав</t>
   </si>
   <si>
     <t>Стецков Сергей</t>
@@ -171,57 +171,57 @@
   <si>
     <t>Крутский Валерий</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Вулкан»</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>3:21</t>
   </si>
   <si>
     <t>44:44</t>
   </si>
   <si>
     <t>5:44</t>
   </si>
   <si>
+    <t>Рябко Илья</t>
+  </si>
+  <si>
+    <t>7:14</t>
+  </si>
+  <si>
     <t>Гальченко Станислав</t>
-  </si>
-[...4 lines deleted...]
-    <t>Рябко Илья</t>
   </si>
   <si>
     <t>19:32</t>
   </si>
   <si>
     <t>Годун Антон</t>
   </si>
   <si>
     <t>21:44</t>
   </si>
   <si>
     <t>Гутов Иван</t>
   </si>
   <si>
     <t>31:28</t>
   </si>
   <si>
     <t>Сапунков Руслан</t>
   </si>
   <si>
     <t>36:25</t>
   </si>
   <si>
     <t>Чубенко Владимир</t>
   </si>