--- v0 (2025-12-08)
+++ v1 (2026-02-17)
@@ -111,54 +111,54 @@
   <si>
     <t>09:07</t>
   </si>
   <si>
     <t>43:00</t>
   </si>
   <si>
     <t>Сабанов Майран</t>
   </si>
   <si>
     <t>19:57</t>
   </si>
   <si>
     <t>Забродин Юрий</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>ПВ</t>
   </si>
   <si>
     <t>43:54</t>
   </si>
   <si>
+    <t>Ванифатьев Артем</t>
+  </si>
+  <si>
     <t>Казаченок Руслан</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ванифатьев Артем</t>
   </si>
   <si>
     <t>Бабин Михаил</t>
   </si>
   <si>
     <t>Соколовский Антон</t>
   </si>
   <si>
     <t>Деньгин Андрей</t>
   </si>
   <si>
     <t>Ковалёв Константин</t>
   </si>
   <si>
     <t>Волков Лев</t>
   </si>
   <si>
     <t>Васильченко Алексей</t>
   </si>
   <si>
     <t>Морозовский Дмитрий</t>
   </si>
   <si>
     <t>Лазутин Юрий</t>
   </si>