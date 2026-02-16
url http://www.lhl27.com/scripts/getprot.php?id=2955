--- v0 (2025-12-06)
+++ v1 (2026-02-16)
@@ -126,57 +126,57 @@
   <si>
     <t>40-00</t>
   </si>
   <si>
     <t>Дрокин Павел</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Мишин Вячеслав</t>
   </si>
   <si>
     <t>Куделин Никита</t>
   </si>
   <si>
     <t>Махлепов Алексей</t>
   </si>
   <si>
     <t>Тишков Иван</t>
   </si>
   <si>
     <t>Калашников Валерий</t>
   </si>
   <si>
+    <t>Писарев Павел</t>
+  </si>
+  <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Болибрух Иван</t>
-  </si>
-[...4 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Алексанян Сергей</t>
   </si>
   <si>
     <t>Аксенов Дмитрий</t>
   </si>
   <si>
     <t>Уральский Павел</t>
   </si>
   <si>
     <t>Школьный Дмитрий</t>
   </si>
   <si>
     <t>Козуб Антон</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Свирепые Пчелы»</t>
   </si>
@@ -1167,78 +1167,78 @@
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>33</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>33</v>
       </c>
       <c r="B14" s="12" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>38</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
@@ -1904,51 +1904,51 @@
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>41</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>54</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>