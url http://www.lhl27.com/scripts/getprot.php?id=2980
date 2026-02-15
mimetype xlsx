--- v0 (2025-12-08)
+++ v1 (2026-02-15)
@@ -192,54 +192,54 @@
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Медведи»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>34-12</t>
   </si>
   <si>
     <t>14-20</t>
   </si>
   <si>
     <t>16-30</t>
   </si>
   <si>
     <t>37-10</t>
   </si>
   <si>
     <t>Хан Александр</t>
   </si>
   <si>
+    <t>Борисов Егор</t>
+  </si>
+  <si>
     <t>Лубков Дмитрий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Борисов Егор</t>
   </si>
   <si>
     <t>Бессмертный Сергей</t>
   </si>
   <si>
     <t>Чайка Роман</t>
   </si>
   <si>
     <t>Чечурин Максим</t>
   </si>
   <si>
     <t>Столбовой Денис</t>
   </si>
   <si>
     <t>Медведев Дмитрий</t>
   </si>
   <si>
     <t>Севостьянов Александр</t>
   </si>
   <si>
     <t>Афанасьев Михаил</t>
   </si>
   <si>
     <t>Беспалов Евгений</t>
   </si>