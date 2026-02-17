--- v0 (2026-02-16)
+++ v1 (2026-02-17)
@@ -117,56 +117,56 @@
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Агапов Виктор</t>
   </si>
   <si>
     <t>Афанасьев Александр</t>
   </si>
   <si>
     <t>Саржан Сергей</t>
   </si>
   <si>
     <t>Малков Александр</t>
   </si>
   <si>
     <t>Пименов Евгений</t>
   </si>
   <si>
     <t>Бережных Анатолий</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
+    <t>Кувшинов Сергей</t>
+  </si>
+  <si>
     <t>Степанов Владимир</t>
   </si>
   <si>
-    <t>Кувшинов Сергей</t>
-[...1 lines deleted...]
-  <si>
     <t>Миронов Виктор</t>
   </si>
   <si>
     <t>Сизиков Всеволод</t>
   </si>
   <si>
     <t>Шахов Анатолий</t>
   </si>
   <si>
     <t>Лебедев Юрий</t>
   </si>
   <si>
     <t>Семендяев Евгений</t>
   </si>
   <si>
     <t>Тимошкин Александр</t>
   </si>
   <si>
     <t>Крутский Валерий</t>
   </si>
   <si>
     <t>Абанин Дмитрий</t>
   </si>
   <si>
     <t>Димедович Сергей</t>
@@ -207,54 +207,54 @@
   <si>
     <t>44-49</t>
   </si>
   <si>
     <t>Павлов Анатолий</t>
   </si>
   <si>
     <t>Шамшурин Андрей</t>
   </si>
   <si>
     <t>Хитров Владислав</t>
   </si>
   <si>
     <t>Тамашевский Дмитрий</t>
   </si>
   <si>
     <t>Крамарь Алексей</t>
   </si>
   <si>
     <t>Евсеев Андрей</t>
   </si>
   <si>
     <t>Булковский Станислав</t>
   </si>
   <si>
+    <t>Франц Роман</t>
+  </si>
+  <si>
     <t>Голубев Сергей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Франц Роман</t>
   </si>
   <si>
     <t>Сидельников Андрей</t>
   </si>
   <si>
     <t>Вырк Евгений</t>
   </si>
   <si>
     <t>Меликов Дмитрий</t>
   </si>
   <si>
     <t>Ватрушкин Александр</t>
   </si>
   <si>
     <t>Кузнецов Вадим</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
@@ -1155,78 +1155,78 @@
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>25</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>25</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>26</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
@@ -1950,78 +1950,78 @@
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>72</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>72</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>83</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>