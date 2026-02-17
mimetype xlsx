--- v0 (2025-12-08)
+++ v1 (2026-02-17)
@@ -204,54 +204,54 @@
   <si>
     <t>43-40</t>
   </si>
   <si>
     <t>Ким Сергей</t>
   </si>
   <si>
     <t>Середа Андрей</t>
   </si>
   <si>
     <t>Чернецкий Алексей</t>
   </si>
   <si>
     <t>Скачков Александр</t>
   </si>
   <si>
     <t>Волошенко Артем</t>
   </si>
   <si>
     <t>Корнейчук Сергей</t>
   </si>
   <si>
     <t>Немировец Дмитрий</t>
   </si>
   <si>
+    <t>Соболев Максим</t>
+  </si>
+  <si>
     <t>Чередничёк Кирилл</t>
-  </si>
-[...1 lines deleted...]
-    <t>Соболев Максим</t>
   </si>
   <si>
     <t>Шубин Владимир</t>
   </si>
   <si>
     <t>Савчук Александр</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
@@ -1961,78 +1961,78 @@
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>88</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>88</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>96</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>