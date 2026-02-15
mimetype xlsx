--- v0 (2025-12-08)
+++ v1 (2026-02-15)
@@ -105,60 +105,60 @@
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>07-30</t>
   </si>
   <si>
     <t>16-25</t>
   </si>
   <si>
     <t>11-30</t>
   </si>
   <si>
     <t>16-45</t>
   </si>
   <si>
     <t>Тымченко Владимир</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>28-40</t>
   </si>
   <si>
+    <t>Чередник Владимир</t>
+  </si>
+  <si>
+    <t>Нп</t>
+  </si>
+  <si>
+    <t>38-18</t>
+  </si>
+  <si>
     <t>Мальцев Виктор</t>
-  </si>
-[...7 lines deleted...]
-    <t>Чередник Владимир</t>
   </si>
   <si>
     <t>Застеба Артём</t>
   </si>
   <si>
     <t>Меднов Владимир</t>
   </si>
   <si>
     <t>Тимченко Игорь</t>
   </si>
   <si>
     <t>Бармотин Владимир</t>
   </si>
   <si>
     <t>Соловьев Вадим</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Яковлев Сергей</t>
   </si>
   <si>
     <t>Черепанов Константин</t>
   </si>