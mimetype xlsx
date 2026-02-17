--- v0 (2026-02-16)
+++ v1 (2026-02-17)
@@ -123,102 +123,102 @@
   <si>
     <t>12-38</t>
   </si>
   <si>
     <t>39-13</t>
   </si>
   <si>
     <t>Нестеров Виталий</t>
   </si>
   <si>
     <t>42-58</t>
   </si>
   <si>
     <t>45-00</t>
   </si>
   <si>
     <t>Шершнев Андрей</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>44-39</t>
   </si>
   <si>
+    <t>Лопухов Егор</t>
+  </si>
+  <si>
     <t>Назаров Дмитрий</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
-    <t>Лопухов Егор</t>
-[...1 lines deleted...]
-  <si>
     <t>Коваленко Петр</t>
   </si>
   <si>
     <t>Абросимов Александр</t>
   </si>
   <si>
     <t>Гаврилюк Максим</t>
   </si>
   <si>
     <t>Казимирчук Александр</t>
   </si>
   <si>
     <t>Феденович Александр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «ДПС 2»</t>
   </si>
   <si>
     <t>Трубачев Дмитрий</t>
   </si>
   <si>
     <t>14-11</t>
   </si>
   <si>
     <t>5-33</t>
   </si>
   <si>
     <t>Леухин Сергей</t>
   </si>
   <si>
     <t>6-51</t>
   </si>
   <si>
+    <t>Рязанский Артем</t>
+  </si>
+  <si>
     <t>Нагорный Евгений</t>
-  </si>
-[...1 lines deleted...]
-    <t>Рязанский Артем</t>
   </si>
   <si>
     <t>Кремлев Никита</t>
   </si>
   <si>
     <t>Локтев Дмитрий</t>
   </si>
   <si>
     <t>43-41</t>
   </si>
   <si>
     <t>Свиридов Валерий</t>
   </si>
   <si>
     <t>Шкуро Роман</t>
   </si>
   <si>
     <t>Копылов Станислав</t>
   </si>
   <si>
     <t>Симонов Вадим</t>
   </si>
   <si>
     <t>Свиридов Илья</t>
   </si>
@@ -1093,105 +1093,105 @@
       <c r="L8" s="6">
         <v>6</v>
       </c>
       <c r="M8" s="8">
         <v>0</v>
       </c>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>19</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>19</v>
       </c>
       <c r="B10" s="12" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>27</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>68</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
@@ -1201,51 +1201,51 @@
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>70</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>72</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
@@ -1696,121 +1696,121 @@
       </c>
       <c r="O31" s="7">
         <v>5</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>2</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>12</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="H32" s="7"/>
       <c r="I32" s="7"/>
       <c r="J32" s="7"/>
       <c r="K32" s="7"/>
       <c r="L32" s="7"/>
       <c r="M32" s="7"/>
       <c r="N32" s="7" t="s">
         <v>24</v>
       </c>
       <c r="O32" s="7">
         <v>83</v>
       </c>
       <c r="P32" s="7">
         <v>5</v>
       </c>
       <c r="Q32" s="7">
         <v>13</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>12</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>52</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7" t="s">
         <v>24</v>
       </c>
       <c r="O33" s="7">
         <v>83</v>
       </c>
       <c r="P33" s="7">
         <v>20</v>
       </c>
       <c r="Q33" s="7">
         <v>40</v>
       </c>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>16</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>53</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7" t="s">
         <v>28</v>
       </c>
       <c r="O34" s="7">
         <v>44</v>
       </c>
       <c r="P34" s="7">
         <v>2</v>
       </c>
       <c r="Q34" s="7">
         <v>6</v>
       </c>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>17</v>
@@ -1863,105 +1863,105 @@
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>34</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>35</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>44</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>49</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
@@ -1998,51 +1998,51 @@
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>57</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>64</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
@@ -2079,51 +2079,51 @@
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" s="7">
         <v>86</v>
       </c>
       <c r="B45" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>
       <c r="G45" s="7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H45" s="7"/>
       <c r="I45" s="7"/>
       <c r="J45" s="7"/>
       <c r="K45" s="7"/>
       <c r="L45" s="7"/>
       <c r="M45" s="7"/>
       <c r="N45" s="7"/>
       <c r="O45" s="7"/>
       <c r="P45" s="7"/>
       <c r="Q45" s="7"/>
       <c r="R45" s="7"/>
       <c r="S45" s="7"/>
     </row>
     <row r="46" spans="1:19">
       <c r="A46" s="7"/>
       <c r="B46" s="12"/>
       <c r="C46" s="13"/>
       <c r="D46" s="13"/>
       <c r="E46" s="13"/>
       <c r="F46" s="14"/>
       <c r="G46" s="7"/>
       <c r="H46" s="7"/>
       <c r="I46" s="7"/>
       <c r="J46" s="7"/>