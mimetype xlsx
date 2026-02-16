--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -189,54 +189,54 @@
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Торнадо 2»</t>
   </si>
   <si>
     <t>04-50</t>
   </si>
   <si>
     <t>33-22</t>
   </si>
   <si>
     <t>Оселедец Станислав</t>
   </si>
   <si>
     <t>25-10</t>
   </si>
   <si>
     <t>Пилипенко Александр</t>
   </si>
   <si>
+    <t>Бабич Илья</t>
+  </si>
+  <si>
     <t>Лысков Алексей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Бабич Илья</t>
   </si>
   <si>
     <t>Кувшинов Сергей</t>
   </si>
   <si>
     <t>Димедович Иван</t>
   </si>
   <si>
     <t>Барашиков Денис</t>
   </si>
   <si>
     <t>Грамаков Денис</t>
   </si>
   <si>
     <t>Пахолюк Вячеслав</t>
   </si>
   <si>
     <t>Стецков Сергей</t>
   </si>
   <si>
     <t>Крутский Валерий</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>