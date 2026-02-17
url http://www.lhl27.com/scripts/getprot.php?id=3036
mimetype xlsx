--- v0 (2025-12-09)
+++ v1 (2026-02-17)
@@ -99,81 +99,81 @@
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>25-46</t>
   </si>
   <si>
     <t>44-04</t>
   </si>
   <si>
     <t>Никишин Михаил</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
+    <t>Годун Антон</t>
+  </si>
+  <si>
+    <t>Нп</t>
+  </si>
+  <si>
     <t>Ермаков Евгений</t>
   </si>
   <si>
-    <t>Нп</t>
-[...4 lines deleted...]
-  <si>
     <t>Сапунков Руслан</t>
   </si>
   <si>
     <t>Матвеев Владислав</t>
   </si>
   <si>
     <t>Юньков Александр</t>
   </si>
   <si>
     <t>Чубенко Владимир</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Катько Андрей</t>
   </si>
   <si>
+    <t>Бабенко Лев</t>
+  </si>
+  <si>
     <t>Клевцов Данил</t>
-  </si>
-[...1 lines deleted...]
-    <t>Бабенко Лев</t>
   </si>
   <si>
     <t>Алексеев Алексей</t>
   </si>
   <si>
     <t>Путин Евгений</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Лидер»</t>
   </si>
   <si>
     <t>Храпак Константин</t>
   </si>
   <si>
     <t>25-30</t>
   </si>
   <si>
     <t>Заикин Илья</t>
   </si>
@@ -1654,51 +1654,51 @@
       <c r="H32" s="7"/>
       <c r="I32" s="7"/>
       <c r="J32" s="7"/>
       <c r="K32" s="7"/>
       <c r="L32" s="7"/>
       <c r="M32" s="7"/>
       <c r="N32" s="7"/>
       <c r="O32" s="7"/>
       <c r="P32" s="7"/>
       <c r="Q32" s="7"/>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>29</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>31</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>49</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>