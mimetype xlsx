--- v0 (2025-12-06)
+++ v1 (2026-02-17)
@@ -105,57 +105,57 @@
   <si>
     <t>Фадеев Владислав</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>05-50</t>
   </si>
   <si>
     <t>16-34</t>
   </si>
   <si>
     <t>Коровин Антон</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>25-40</t>
   </si>
   <si>
     <t>25-30</t>
   </si>
   <si>
+    <t>Нестеров Виталий</t>
+  </si>
+  <si>
+    <t>34-50</t>
+  </si>
+  <si>
     <t>Голощапов Николай</t>
-  </si>
-[...4 lines deleted...]
-    <t>Нестеров Виталий</t>
   </si>
   <si>
     <t>43-05</t>
   </si>
   <si>
     <t>28-17</t>
   </si>
   <si>
     <t>Шершнев Андрей</t>
   </si>
   <si>
     <t>Лопухов Егор</t>
   </si>
   <si>
     <t>Коваленко Петр</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Поздняков Герман</t>
   </si>
   <si>
     <t>Гаврилюк Максим</t>
   </si>