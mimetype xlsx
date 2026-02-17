--- v0 (2025-12-06)
+++ v1 (2026-02-17)
@@ -174,69 +174,69 @@
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Альфа 2»</t>
   </si>
   <si>
     <t>Фадеев Владислав</t>
   </si>
   <si>
     <t>15-08</t>
   </si>
   <si>
     <t>07-57</t>
   </si>
   <si>
     <t>Коровин Антон</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>22-55</t>
   </si>
   <si>
+    <t>Голощапов Николай</t>
+  </si>
+  <si>
+    <t>33-58</t>
+  </si>
+  <si>
     <t>Нестеров Виталий</t>
   </si>
   <si>
-    <t>33-58</t>
-[...4 lines deleted...]
-  <si>
     <t>35-23</t>
   </si>
   <si>
     <t>Шершнев Андрей</t>
   </si>
   <si>
+    <t>Назаров Дмитрий</t>
+  </si>
+  <si>
     <t>Лопухов Егор</t>
-  </si>
-[...1 lines deleted...]
-    <t>Назаров Дмитрий</t>
   </si>
   <si>
     <t>Коваленко Петр</t>
   </si>
   <si>
     <t>Поздняков Герман</t>
   </si>
   <si>
     <t>Абросимов Александр</t>
   </si>
   <si>
     <t>Гаврилюк Максим</t>
   </si>
   <si>
     <t>Родькин Сергей</t>
   </si>
   <si>
     <t>Дюжов Данил</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
@@ -1805,78 +1805,78 @@
       </c>
       <c r="O34" s="7">
         <v>88</v>
       </c>
       <c r="P34" s="7">
         <v>2</v>
       </c>
       <c r="Q34" s="7">
         <v>19</v>
       </c>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>19</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>19</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>27</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>