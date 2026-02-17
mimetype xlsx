--- v0 (2025-12-07)
+++ v1 (2026-02-17)
@@ -111,54 +111,54 @@
   <si>
     <t>39-07</t>
   </si>
   <si>
     <t>41-00</t>
   </si>
   <si>
     <t>43-02</t>
   </si>
   <si>
     <t>Маковецкий Виктор</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>44-05</t>
   </si>
   <si>
     <t>Подкопаев Филипп</t>
   </si>
   <si>
     <t>Зелинский Владислав</t>
   </si>
   <si>
+    <t>Пилюгин Дмитрий</t>
+  </si>
+  <si>
     <t>Карпусь Владислав</t>
-  </si>
-[...1 lines deleted...]
-    <t>Пилюгин Дмитрий</t>
   </si>
   <si>
     <t>Заморозов Владимир</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Капунов Евгений</t>
   </si>
   <si>
     <t>Мисько Андрей</t>
   </si>
   <si>
     <t>Годинов Андрей</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Соболев Евгений</t>
   </si>
   <si>
     <t>Коршунов Алексей</t>
   </si>