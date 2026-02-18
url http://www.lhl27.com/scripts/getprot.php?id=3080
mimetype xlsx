--- v1 (2026-02-17)
+++ v2 (2026-02-18)
@@ -96,60 +96,60 @@
   <si>
     <t>Пр</t>
   </si>
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>39-07</t>
   </si>
   <si>
     <t>41-00</t>
   </si>
   <si>
     <t>43-02</t>
   </si>
   <si>
+    <t>Подкопаев Филипп</t>
+  </si>
+  <si>
+    <t>Нп</t>
+  </si>
+  <si>
+    <t>44-05</t>
+  </si>
+  <si>
     <t>Маковецкий Виктор</t>
-  </si>
-[...7 lines deleted...]
-    <t>Подкопаев Филипп</t>
   </si>
   <si>
     <t>Зелинский Владислав</t>
   </si>
   <si>
     <t>Пилюгин Дмитрий</t>
   </si>
   <si>
     <t>Карпусь Владислав</t>
   </si>
   <si>
     <t>Заморозов Владимир</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Капунов Евгений</t>
   </si>
   <si>
     <t>Мисько Андрей</t>
   </si>
   <si>
     <t>Годинов Андрей</t>
   </si>