--- v0 (2025-12-07)
+++ v1 (2026-02-17)
@@ -177,57 +177,57 @@
   <si>
     <t>6-00</t>
   </si>
   <si>
     <t>6-40</t>
   </si>
   <si>
     <t>12-48</t>
   </si>
   <si>
     <t>14-31</t>
   </si>
   <si>
     <t>Никишин Михаил</t>
   </si>
   <si>
     <t>20-30</t>
   </si>
   <si>
     <t>Повисок Данила</t>
   </si>
   <si>
     <t>29-30</t>
   </si>
   <si>
+    <t>Ермаков Евгений</t>
+  </si>
+  <si>
+    <t>37-48</t>
+  </si>
+  <si>
     <t>Годун Антон</t>
-  </si>
-[...4 lines deleted...]
-    <t>Ермаков Евгений</t>
   </si>
   <si>
     <t>39-58</t>
   </si>
   <si>
     <t>Сапунков Руслан</t>
   </si>
   <si>
     <t>Матвеев Владислав</t>
   </si>
   <si>
     <t>Чубенко Владимир</t>
   </si>
   <si>
     <t>Гринчук Владимир</t>
   </si>
   <si>
     <t>Катько Андрей</t>
   </si>
   <si>
     <t>Бабенко Лев</t>
   </si>
   <si>
     <t>Клевцов Данил</t>
   </si>