--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -1083,51 +1083,51 @@
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>29</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>30</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>44</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>