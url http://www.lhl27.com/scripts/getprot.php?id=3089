--- v0 (2025-12-07)
+++ v1 (2026-02-16)
@@ -186,63 +186,63 @@
   <si>
     <t>Команда « Б » «Союз»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>03-07</t>
   </si>
   <si>
     <t>04-08</t>
   </si>
   <si>
     <t>06-00</t>
   </si>
   <si>
     <t>26-31</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>16-17</t>
   </si>
   <si>
+    <t>Маковецкий Виктор</t>
+  </si>
+  <si>
+    <t>19-40</t>
+  </si>
+  <si>
+    <t>Огурцов Александр</t>
+  </si>
+  <si>
+    <t>30-59</t>
+  </si>
+  <si>
     <t>Подкопаев Филипп</t>
-  </si>
-[...10 lines deleted...]
-    <t>Огурцов Александр</t>
   </si>
   <si>
     <t>43-00</t>
   </si>
   <si>
     <t>Зелинский Владислав</t>
   </si>
   <si>
     <t>Пилюгин Дмитрий</t>
   </si>
   <si>
     <t>Капунов Евгений</t>
   </si>
   <si>
     <t>Мисько Андрей</t>
   </si>
   <si>
     <t>Годинов Андрей</t>
   </si>
   <si>
     <t>Коршунов Алексей</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
@@ -1800,90 +1800,90 @@
       <c r="L33" s="7">
         <v>69</v>
       </c>
       <c r="M33" s="7">
         <v>56</v>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>8</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="H34" s="7">
         <v>5</v>
       </c>
       <c r="I34" s="7" t="s">
         <v>54</v>
       </c>
       <c r="J34" s="7" t="s">
         <v>59</v>
       </c>
       <c r="K34" s="7">
         <v>14</v>
       </c>
       <c r="L34" s="7">
         <v>16</v>
       </c>
       <c r="M34" s="7">
         <v>0</v>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>8</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="H35" s="7">
         <v>6</v>
       </c>
       <c r="I35" s="7"/>
       <c r="J35" s="7" t="s">
         <v>61</v>
       </c>
       <c r="K35" s="7">
         <v>16</v>
       </c>
       <c r="L35" s="7">
         <v>90</v>
       </c>
       <c r="M35" s="7">
         <v>8</v>
       </c>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">