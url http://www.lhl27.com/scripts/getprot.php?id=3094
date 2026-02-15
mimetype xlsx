--- v0 (2025-12-08)
+++ v1 (2026-02-15)
@@ -132,54 +132,54 @@
   <si>
     <t>27-51</t>
   </si>
   <si>
     <t>Ермаков Евгений</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>40-36</t>
   </si>
   <si>
     <t>Сапунков Руслан</t>
   </si>
   <si>
     <t>43-40</t>
   </si>
   <si>
     <t>Матвеев Владислав</t>
   </si>
   <si>
     <t>Чубенко Владимир</t>
   </si>
   <si>
+    <t>Бабенко Лев</t>
+  </si>
+  <si>
     <t>Клевцов Данил</t>
-  </si>
-[...1 lines deleted...]
-    <t>Бабенко Лев</t>
   </si>
   <si>
     <t>Алексеев Алексей</t>
   </si>
   <si>
     <t>Евтеев Александр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Rock-n-Rolla»</t>
   </si>
   <si>
     <t>Юрченко Владислав</t>
   </si>
   <si>
     <t>11-20</t>
   </si>
   <si>
     <t>Неверов Егор</t>
   </si>