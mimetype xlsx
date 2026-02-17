--- v0 (2025-12-07)
+++ v1 (2026-02-17)
@@ -123,54 +123,54 @@
   <si>
     <t>Райлян Александр</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>34-20</t>
   </si>
   <si>
     <t>Тарасов Андрей</t>
   </si>
   <si>
     <t>Жуков Максим</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Костин Константин</t>
   </si>
   <si>
     <t>Туманков Андрей</t>
   </si>
   <si>
+    <t>Абраменко Иван</t>
+  </si>
+  <si>
     <t>Мишунин Марат</t>
-  </si>
-[...1 lines deleted...]
-    <t>Абраменко Иван</t>
   </si>
   <si>
     <t>Башкуров Денис</t>
   </si>
   <si>
     <t>Шихов Александр</t>
   </si>
   <si>
     <t>Евтеев Максим</t>
   </si>
   <si>
     <t>Светачев Алексей</t>
   </si>
   <si>
     <t>Матиенко Роман</t>
   </si>
   <si>
     <t>Луговой Дмитрий</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Крючков Максим</t>
   </si>
@@ -1155,78 +1155,78 @@
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>28</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>28</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>30</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>