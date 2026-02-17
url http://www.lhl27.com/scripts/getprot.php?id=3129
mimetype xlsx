--- v0 (2025-12-07)
+++ v1 (2026-02-17)
@@ -117,62 +117,62 @@
   <si>
     <t>18-14</t>
   </si>
   <si>
     <t>42-50</t>
   </si>
   <si>
     <t>Ефремов Дмитрий</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>28-00</t>
   </si>
   <si>
     <t>Братухин Антон</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>30-40</t>
   </si>
   <si>
+    <t>Маковецкий Виктор</t>
+  </si>
+  <si>
+    <t>Нп</t>
+  </si>
+  <si>
+    <t>31-20</t>
+  </si>
+  <si>
     <t>Подкопаев Филипп</t>
   </si>
   <si>
-    <t>Нп</t>
-[...7 lines deleted...]
-  <si>
     <t>39-25</t>
   </si>
   <si>
     <t>Зелинский Владислав</t>
   </si>
   <si>
     <t>43-18</t>
   </si>
   <si>
     <t>Пилюгин Дмитрий</t>
   </si>
   <si>
     <t>44-03</t>
   </si>
   <si>
     <t>Карпусь Владислав</t>
   </si>
   <si>
     <t>Капунов Евгений</t>
   </si>
   <si>
     <t>Мисько Андрей</t>
   </si>
   <si>
     <t>Главный тренер</t>
@@ -180,57 +180,57 @@
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Вулкан»</t>
   </si>
   <si>
     <t>03-36</t>
   </si>
   <si>
     <t>06-20</t>
   </si>
   <si>
     <t>09-36</t>
   </si>
   <si>
     <t>24-40</t>
   </si>
   <si>
     <t>Рябко Илья</t>
   </si>
   <si>
     <t>34-01</t>
   </si>
   <si>
+    <t>Ермаков Евгений</t>
+  </si>
+  <si>
+    <t>35-30</t>
+  </si>
+  <si>
     <t>Годун Антон</t>
-  </si>
-[...4 lines deleted...]
-    <t>Ермаков Евгений</t>
   </si>
   <si>
     <t>Сапунков Руслан</t>
   </si>
   <si>
     <t>Матвеев Владислав</t>
   </si>
   <si>
     <t>Чубенко Владимир</t>
   </si>
   <si>
     <t>Катько Андрей</t>
   </si>
   <si>
     <t>Клевцов Данил</t>
   </si>
   <si>
     <t>Алексеев Алексей</t>
   </si>
   <si>
     <t>Путин Евгений</t>
   </si>
   <si>
     <t>Евтеев Александр</t>
   </si>