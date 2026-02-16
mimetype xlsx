--- v0 (2025-12-15)
+++ v1 (2026-02-16)
@@ -111,54 +111,54 @@
   <si>
     <t>06-40</t>
   </si>
   <si>
     <t>33-30</t>
   </si>
   <si>
     <t>Лисовский Игорь</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>36-20</t>
   </si>
   <si>
     <t>Ким Сергей</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>43-27</t>
   </si>
   <si>
+    <t>Михальский Никита</t>
+  </si>
+  <si>
     <t>Сапежников Алексей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Михальский Никита</t>
   </si>
   <si>
     <t>Башук Антон</t>
   </si>
   <si>
     <t>Волошенко Артем</t>
   </si>
   <si>
     <t>Коршунов Ростислав</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Зайцев Никита</t>
   </si>
   <si>
     <t>Шубин Владимир</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>