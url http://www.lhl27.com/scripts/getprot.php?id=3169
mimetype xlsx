--- v0 (2025-12-07)
+++ v1 (2026-02-16)
@@ -138,54 +138,54 @@
   <si>
     <t>Солоха Виктор</t>
   </si>
   <si>
     <t>Баранов Кирилл</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Шип Дмитрий</t>
   </si>
   <si>
     <t>Ермаков Дмитрий</t>
   </si>
   <si>
     <t>Дроздов Владислав</t>
   </si>
   <si>
     <t>Гончаров Иван</t>
   </si>
   <si>
     <t>Дедковский Сергей</t>
   </si>
   <si>
+    <t>Ермаков Андрей</t>
+  </si>
+  <si>
     <t>Харченко Дмитрий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ермаков Андрей</t>
   </si>
   <si>
     <t>Виноградов Томас</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Импульс»</t>
   </si>
   <si>
     <t>39:58</t>
   </si>
   <si>
     <t>Басенко Павел</t>
   </si>
   <si>
     <t>Буханцев Сергей</t>
   </si>
   <si>
     <t>Колупаев Никита</t>
   </si>
@@ -1303,78 +1303,78 @@
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>91</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
         <v>91</v>
       </c>
       <c r="B19" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5">
         <v>92</v>
       </c>
       <c r="B20" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>