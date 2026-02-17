--- v1 (2026-02-16)
+++ v2 (2026-02-17)
@@ -168,54 +168,54 @@
   <si>
     <t>Виноградов Томас</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Импульс»</t>
   </si>
   <si>
     <t>39:58</t>
   </si>
   <si>
     <t>Басенко Павел</t>
   </si>
   <si>
     <t>Буханцев Сергей</t>
   </si>
   <si>
     <t>Колупаев Никита</t>
   </si>
   <si>
+    <t>Дылев Максим</t>
+  </si>
+  <si>
     <t>Кочетыгов Виктор</t>
-  </si>
-[...1 lines deleted...]
-    <t>Дылев Максим</t>
   </si>
   <si>
     <t>Власов Дмитрий</t>
   </si>
   <si>
     <t>Разинкин Сергей</t>
   </si>
   <si>
     <t>Трибушевский Семен</t>
   </si>
   <si>
     <t>Цепляев Юрий</t>
   </si>
   <si>
     <t>Сурменко Александр</t>
   </si>
   <si>
     <t>Московцев Сергей</t>
   </si>
   <si>
     <t>Кузнецов Владислав</t>
   </si>
   <si>
     <t>Воротняк Артем</t>
   </si>
@@ -1748,78 +1748,78 @@
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>24</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>50</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>24</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>27</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>52</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>