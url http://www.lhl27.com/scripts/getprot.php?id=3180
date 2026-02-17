--- v0 (2025-12-08)
+++ v1 (2026-02-17)
@@ -138,56 +138,56 @@
   <si>
     <t>39-05</t>
   </si>
   <si>
     <t>Кириченко Антон</t>
   </si>
   <si>
     <t>Базив Богдан</t>
   </si>
   <si>
     <t>Тучин Иван</t>
   </si>
   <si>
     <t>Ермаков Дмитрий</t>
   </si>
   <si>
     <t>Дроздов Владислав</t>
   </si>
   <si>
     <t>Ананин Сергей</t>
   </si>
   <si>
     <t>Гутик Сергей</t>
   </si>
   <si>
+    <t>Грудинин Константин</t>
+  </si>
+  <si>
     <t>Гончаров Иван</t>
   </si>
   <si>
-    <t>Грудинин Константин</t>
-[...1 lines deleted...]
-  <si>
     <t>Дедковский Сергей</t>
   </si>
   <si>
     <t>Харченко Дмитрий</t>
   </si>
   <si>
     <t>Виноградов Томас</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Регул»</t>
   </si>
   <si>
     <t>00-28</t>
   </si>
   <si>
     <t>09-35</t>
   </si>
   <si>
     <t>Брюханов Артем</t>
@@ -201,57 +201,57 @@
   <si>
     <t>Куделин Никита</t>
   </si>
   <si>
     <t>20-45</t>
   </si>
   <si>
     <t>Махлепов Алексей</t>
   </si>
   <si>
     <t>32-57</t>
   </si>
   <si>
     <t>Тишков Николай</t>
   </si>
   <si>
     <t>ПВ</t>
   </si>
   <si>
     <t>44-59</t>
   </si>
   <si>
     <t>Калашников Валерий</t>
   </si>
   <si>
+    <t>Писарев Павел</t>
+  </si>
+  <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Болибрух Иван</t>
-  </si>
-[...4 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Алексанян Сергей</t>
   </si>
   <si>
     <t>Уральский Павел</t>
   </si>
   <si>
     <t>Школьный Дмитрий</t>
   </si>
   <si>
     <t>Новоселов Егор</t>
   </si>
   <si>
     <t>Писарь Алексей</t>
   </si>
   <si>
     <t>Козуб Антон</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
@@ -1284,78 +1284,78 @@
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>85</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>85</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>87</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
@@ -1870,78 +1870,78 @@
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>33</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>31</v>
+        <v>62</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>33</v>
       </c>
       <c r="B37" s="12" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>63</v>
+        <v>31</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>38</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>