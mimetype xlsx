--- v0 (2025-12-08)
+++ v1 (2026-02-15)
@@ -126,111 +126,111 @@
   <si>
     <t>Колодий Михаил</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>14:10</t>
   </si>
   <si>
     <t>41:20</t>
   </si>
   <si>
     <t>Чернухин Егор</t>
   </si>
   <si>
     <t>32:13</t>
   </si>
   <si>
     <t>44:05</t>
   </si>
   <si>
     <t>Луц Виктор</t>
   </si>
   <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>ПВ</t>
   </si>
   <si>
     <t>43:21</t>
   </si>
   <si>
     <t>Богомолов Вячеслав</t>
   </si>
   <si>
-    <t>Вр</t>
-[...1 lines deleted...]
-  <si>
     <t>Глушков Фёдор</t>
   </si>
   <si>
     <t>Мерк Иван</t>
   </si>
   <si>
     <t>Сычугов Роман</t>
   </si>
   <si>
     <t>Сафронов Евгений</t>
   </si>
   <si>
     <t>Якимов Виталий</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «ДПС»</t>
   </si>
   <si>
     <t>Трубачев Дмитрий</t>
   </si>
   <si>
     <t>8:55</t>
   </si>
   <si>
     <t>Кремлев Никита</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>34:50</t>
   </si>
   <si>
     <t>Коротич Алексей</t>
   </si>
   <si>
     <t>Шкуро Роман</t>
   </si>
   <si>
+    <t>Маслаков Андрей</t>
+  </si>
+  <si>
     <t>Копылов Станислав</t>
-  </si>
-[...1 lines deleted...]
-    <t>Маслаков Андрей</t>
   </si>
   <si>
     <t>Симонов Вадим</t>
   </si>
   <si>
     <t>Свиридов Илья</t>
   </si>
   <si>
     <t>Першин Ярослав</t>
   </si>
   <si>
     <t>Баськов Денис</t>
   </si>
   <si>
     <t>Растворцев Евгений</t>
   </si>
   <si>
     <t>Кувеко Сергей</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
@@ -1093,90 +1093,90 @@
       </c>
       <c r="O8" s="6">
         <v>41</v>
       </c>
       <c r="P8" s="6">
         <v>2</v>
       </c>
       <c r="Q8" s="6">
         <v>2</v>
       </c>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>29</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H9" s="6">
         <v>5</v>
       </c>
       <c r="I9" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="J9" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="K9" s="6">
         <v>91</v>
       </c>
       <c r="L9" s="6">
         <v>0</v>
       </c>
       <c r="M9" s="8">
         <v>0</v>
       </c>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>31</v>
       </c>
       <c r="B10" s="12" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>41</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
@@ -1766,78 +1766,78 @@
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>35</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>35</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>44</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>