--- v0 (2025-12-07)
+++ v1 (2026-02-18)
@@ -93,98 +93,98 @@
   <si>
     <t xml:space="preserve">Шт </t>
   </si>
   <si>
     <t>Пр</t>
   </si>
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t>Храпак Константин</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>2-01</t>
   </si>
   <si>
     <t>03-35</t>
   </si>
   <si>
+    <t>Лазарев Владимир</t>
+  </si>
+  <si>
+    <t>08-59</t>
+  </si>
+  <si>
+    <t>27-28</t>
+  </si>
+  <si>
     <t>Заикин Илья</t>
   </si>
   <si>
-    <t>08-59</t>
-[...7 lines deleted...]
-  <si>
     <t>11-17</t>
   </si>
   <si>
     <t>38-50</t>
   </si>
   <si>
     <t>Колодий Михаил</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>20-07</t>
   </si>
   <si>
     <t>39-04</t>
   </si>
   <si>
     <t>Чернухин Егор</t>
   </si>
   <si>
     <t>25-03</t>
   </si>
   <si>
     <t>Луц Виктор</t>
   </si>
   <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>26-23</t>
   </si>
   <si>
     <t>Богомолов Вячеслав</t>
   </si>
   <si>
-    <t>Вр</t>
-[...1 lines deleted...]
-  <si>
     <t>33-03</t>
   </si>
   <si>
     <t>Лавриненко Денис</t>
   </si>
   <si>
     <t>Потинцев Сергей</t>
   </si>
   <si>
     <t>Сычугов Роман</t>
   </si>
   <si>
     <t>Вороной Кирилл</t>
   </si>
   <si>
     <t>Сафронов Евгений</t>
   </si>
   <si>
     <t>Якимов Виталий</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
@@ -201,54 +201,54 @@
   <si>
     <t>4-45</t>
   </si>
   <si>
     <t>05-20</t>
   </si>
   <si>
     <t>16-01</t>
   </si>
   <si>
     <t>44-01</t>
   </si>
   <si>
     <t>43-43</t>
   </si>
   <si>
     <t>45-00</t>
   </si>
   <si>
     <t>Ефремов Дмитрий</t>
   </si>
   <si>
     <t>44-26</t>
   </si>
   <si>
+    <t>Маковецкий Виктор</t>
+  </si>
+  <si>
     <t>Подкопаев Филипп</t>
-  </si>
-[...1 lines deleted...]
-    <t>Маковецкий Виктор</t>
   </si>
   <si>
     <t>Зелинский Владислав</t>
   </si>
   <si>
     <t>Заморозов Владимир</t>
   </si>
   <si>
     <t>Капунов Евгений</t>
   </si>
   <si>
     <t>Мисько Андрей</t>
   </si>
   <si>
     <t>Ерофеев Николай</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
@@ -1145,88 +1145,88 @@
       <c r="L9" s="6">
         <v>77</v>
       </c>
       <c r="M9" s="8">
         <v>75</v>
       </c>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>29</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H10" s="6">
         <v>6</v>
       </c>
       <c r="I10" s="6"/>
       <c r="J10" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="K10" s="6">
         <v>77</v>
       </c>
       <c r="L10" s="6">
         <v>75</v>
       </c>
       <c r="M10" s="8">
         <v>0</v>
       </c>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>31</v>
       </c>
       <c r="B11" s="12" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="H11" s="6">
         <v>7</v>
       </c>
       <c r="I11" s="6"/>
       <c r="J11" s="6" t="s">
         <v>41</v>
       </c>
       <c r="K11" s="6">
         <v>8</v>
       </c>
       <c r="L11" s="6">
         <v>0</v>
       </c>
       <c r="M11" s="8">
         <v>0</v>
       </c>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
@@ -1798,51 +1798,51 @@
       </c>
       <c r="O32" s="7">
         <v>12</v>
       </c>
       <c r="P32" s="7">
         <v>10</v>
       </c>
       <c r="Q32" s="7">
         <v>39</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>1</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="H33" s="7">
         <v>4</v>
       </c>
       <c r="I33" s="7">
         <v>-1</v>
       </c>
       <c r="J33" s="7" t="s">
         <v>60</v>
       </c>
       <c r="K33" s="7">
         <v>14</v>
       </c>
       <c r="L33" s="7">
         <v>0</v>
       </c>
       <c r="M33" s="7">
         <v>0</v>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>