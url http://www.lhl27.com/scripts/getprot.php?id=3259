--- v0 (2025-12-08)
+++ v1 (2026-02-17)
@@ -144,57 +144,57 @@
   <si>
     <t>39-22</t>
   </si>
   <si>
     <t>Туманков Андрей</t>
   </si>
   <si>
     <t>Абраменко Иван</t>
   </si>
   <si>
     <t>Мишунин Марат</t>
   </si>
   <si>
     <t>Башкуров Денис</t>
   </si>
   <si>
     <t>Рассказов Евгений</t>
   </si>
   <si>
     <t>Шихов Александр</t>
   </si>
   <si>
     <t>Евтеев Максим</t>
   </si>
   <si>
+    <t>Луговой Дмитрий</t>
+  </si>
+  <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Матиенко Роман</t>
-  </si>
-[...4 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Бухтояров Антон</t>
   </si>
   <si>
     <t>Джанбеков Руслан</t>
   </si>
   <si>
     <t>Федоров Максим</t>
   </si>
   <si>
     <t>Шаповалов Антон</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Невада»</t>
   </si>
   <si>
     <t>Попов Сергей</t>
   </si>
@@ -1306,78 +1306,78 @@
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>41</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
-        <v>28</v>
+        <v>43</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>41</v>
       </c>
       <c r="B18" s="12" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
         <v>54</v>
       </c>
       <c r="B19" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
@@ -1905,51 +1905,51 @@
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>83</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>87</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>