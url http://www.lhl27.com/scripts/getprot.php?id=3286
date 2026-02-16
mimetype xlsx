--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -159,54 +159,54 @@
   <si>
     <t>Попов Евгений</t>
   </si>
   <si>
     <t>41:22</t>
   </si>
   <si>
     <t>Евсеев Андрей</t>
   </si>
   <si>
     <t>Франц Роман</t>
   </si>
   <si>
     <t>44:29</t>
   </si>
   <si>
     <t>Голубев Сергей</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Сидельников Андрей</t>
   </si>
   <si>
+    <t>Меликов Дмитрий</t>
+  </si>
+  <si>
     <t>Вырк Евгений</t>
-  </si>
-[...1 lines deleted...]
-    <t>Меликов Дмитрий</t>
   </si>
   <si>
     <t>Ватрушкин Александр</t>
   </si>
   <si>
     <t>Логинов Сергей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Рубеж»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>05:21</t>
   </si>
   <si>
     <t>07:02</t>
   </si>
@@ -1388,78 +1388,78 @@
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>84</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>84</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
         <v>85</v>
       </c>
       <c r="B19" s="12" t="s">
         <v>49</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>