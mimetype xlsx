--- v0 (2026-02-17)
+++ v1 (2026-02-17)
@@ -123,56 +123,56 @@
   <si>
     <t>09-42</t>
   </si>
   <si>
     <t>Ким Сергей</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>29-18</t>
   </si>
   <si>
     <t>Середа Андрей</t>
   </si>
   <si>
     <t>Чернецкий Алексей</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Богомолов Артем</t>
   </si>
   <si>
+    <t>Михальский Никита</t>
+  </si>
+  <si>
     <t>Сапежников Алексей</t>
   </si>
   <si>
-    <t>Михальский Никита</t>
-[...1 lines deleted...]
-  <si>
     <t>Башук Антон</t>
   </si>
   <si>
     <t>Волошенко Артем</t>
   </si>
   <si>
     <t>Коршунов Ростислав</t>
   </si>
   <si>
     <t>Чернецкий Максим</t>
   </si>
   <si>
     <t>Зайцев Никита</t>
   </si>
   <si>
     <t>Немировец Дмитрий</t>
   </si>
   <si>
     <t>Соболев Максим</t>
   </si>
   <si>
     <t>Гашута Олег</t>
   </si>
   <si>
     <t>Шубин Владимир</t>
@@ -210,54 +210,54 @@
   <si>
     <t>Ду Роман</t>
   </si>
   <si>
     <t>38-10</t>
   </si>
   <si>
     <t>Горохов Виктор</t>
   </si>
   <si>
     <t>42-00</t>
   </si>
   <si>
     <t>Ободов Виталий</t>
   </si>
   <si>
     <t>Емельянов Александр</t>
   </si>
   <si>
     <t>Ковалёв Станислав</t>
   </si>
   <si>
     <t>Чурилов Илья</t>
   </si>
   <si>
+    <t>Чалков Игорь</t>
+  </si>
+  <si>
     <t>Есин Евгений</t>
-  </si>
-[...1 lines deleted...]
-    <t>Чалков Игорь</t>
   </si>
   <si>
     <t>Тен Алексей</t>
   </si>
   <si>
     <t>Лёушкин Даниил</t>
   </si>
   <si>
     <t>Зоренко Юрий</t>
   </si>
   <si>
     <t>Федоренко Евгений</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Чайка Максим</t>
   </si>
@@ -1946,78 +1946,78 @@
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>72</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>72</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>73</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>