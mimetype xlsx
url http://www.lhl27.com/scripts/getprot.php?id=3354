--- v0 (2025-12-09)
+++ v1 (2026-02-18)
@@ -93,141 +93,141 @@
   <si>
     <t xml:space="preserve">Шт </t>
   </si>
   <si>
     <t>Пр</t>
   </si>
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t>Коровин Антон</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>10:20</t>
   </si>
   <si>
     <t>28:51</t>
   </si>
   <si>
+    <t>Голощапов Николай</t>
+  </si>
+  <si>
+    <t>31:30</t>
+  </si>
+  <si>
     <t>Нестеров Виталий</t>
   </si>
   <si>
-    <t>31:30</t>
-[...4 lines deleted...]
-  <si>
     <t>43:05</t>
   </si>
   <si>
     <t>Лопухов Егор</t>
   </si>
   <si>
     <t>Полещук Сергей</t>
   </si>
   <si>
     <t>Поздняков Герман</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Абросимов Александр</t>
   </si>
   <si>
     <t>Гаврилюк Максим</t>
   </si>
   <si>
     <t>Родькин Сергей</t>
   </si>
   <si>
+    <t>Филипчук Анатолий</t>
+  </si>
+  <si>
     <t>Феденович Александр</t>
   </si>
   <si>
-    <t>Филипчук Анатолий</t>
-[...1 lines deleted...]
-  <si>
     <t>Стасюкевич Никита</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Фины»</t>
   </si>
   <si>
     <t>Горохов Захар</t>
   </si>
   <si>
     <t>3:23</t>
   </si>
   <si>
     <t>13:47</t>
   </si>
   <si>
     <t>Астафьев Алексей</t>
   </si>
   <si>
     <t>20:01</t>
   </si>
   <si>
     <t>27:36</t>
   </si>
   <si>
     <t>Ду Роман</t>
   </si>
   <si>
     <t>Горохов Виктор</t>
   </si>
   <si>
     <t>Ободов Виталий</t>
   </si>
   <si>
     <t>Емельянов Александр</t>
   </si>
   <si>
     <t>Ковалёв Станислав</t>
   </si>
   <si>
+    <t>Чалков Игорь</t>
+  </si>
+  <si>
     <t>Есин Евгений</t>
-  </si>
-[...1 lines deleted...]
-    <t>Чалков Игорь</t>
   </si>
   <si>
     <t>Тен Алексей</t>
   </si>
   <si>
     <t>Зоренко Юрий</t>
   </si>
   <si>
     <t>Федоренко Евгений</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Севрюгин Егор</t>
   </si>
 </sst>
 </file>
 
@@ -1801,78 +1801,78 @@
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>72</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>72</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>73</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>