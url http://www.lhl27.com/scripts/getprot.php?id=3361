--- v0 (2025-12-08)
+++ v1 (2026-02-17)
@@ -99,60 +99,60 @@
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t>Стасюкевич Константин</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>4-28</t>
   </si>
   <si>
     <t>06-10</t>
   </si>
   <si>
     <t>Коровин Антон</t>
   </si>
   <si>
     <t>21-08</t>
   </si>
   <si>
+    <t>Нестеров Виталий</t>
+  </si>
+  <si>
+    <t>+1</t>
+  </si>
+  <si>
+    <t>21-54</t>
+  </si>
+  <si>
     <t>Голощапов Николай</t>
-  </si>
-[...7 lines deleted...]
-    <t>Нестеров Виталий</t>
   </si>
   <si>
     <t>52-01</t>
   </si>
   <si>
     <t>Поздняков Герман</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>29-01</t>
   </si>
   <si>
     <t>Абросимов Александр</t>
   </si>
   <si>
     <t>42-15</t>
   </si>
   <si>
     <t>Родькин Сергей</t>
   </si>
   <si>
     <t>44-27</t>
   </si>